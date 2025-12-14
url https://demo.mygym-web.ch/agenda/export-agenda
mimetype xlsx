--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -10,91 +10,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Tablib Dataset" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...2 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -419,69 +414,69 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L4"/>
+  <dimension ref="A1:L1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="33" customWidth="1" min="1" max="1"/>
-[...8 lines deleted...]
-    <col width="24" customWidth="1" min="10" max="10"/>
+    <col width="9" customWidth="1" min="1" max="1"/>
+    <col width="13" customWidth="1" min="2" max="2"/>
+    <col width="6" customWidth="1" min="3" max="3"/>
+    <col width="10" customWidth="1" min="4" max="4"/>
+    <col width="5" customWidth="1" min="5" max="5"/>
+    <col width="8" customWidth="1" min="6" max="6"/>
+    <col width="4" customWidth="1" min="7" max="7"/>
+    <col width="6" customWidth="1" min="8" max="8"/>
+    <col width="10" customWidth="1" min="9" max="9"/>
+    <col width="20" customWidth="1" min="10" max="10"/>
     <col width="10" customWidth="1" min="11" max="11"/>
     <col width="22" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Événement</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Plage horaire</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Débute</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Se termine</t>
         </is>
       </c>
@@ -504,210 +499,44 @@
         <is>
           <t>Statut</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Étiquettes</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>S'applique aux rôles</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>Est public</t>
         </is>
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
           <t>Échéance d'inscription</t>
         </is>
       </c>
     </row>
-    <row r="2">
-[...164 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>