--- v1 (2025-12-14)
+++ v2 (2026-02-24)
@@ -10,86 +10,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Tablib Dataset" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="0"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="yyyy-mm-dd h:mm:ss"/>
+    <numFmt numFmtId="165" formatCode="yyyy-mm-dd"/>
+  </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -414,69 +419,69 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L1"/>
+  <dimension ref="A1:L16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="9" customWidth="1" min="1" max="1"/>
-[...8 lines deleted...]
-    <col width="20" customWidth="1" min="10" max="10"/>
+    <col width="51" customWidth="1" min="1" max="1"/>
+    <col width="44" customWidth="1" min="2" max="2"/>
+    <col width="19" customWidth="1" min="3" max="3"/>
+    <col width="19" customWidth="1" min="4" max="4"/>
+    <col width="15" customWidth="1" min="5" max="5"/>
+    <col width="12" customWidth="1" min="6" max="6"/>
+    <col width="20" customWidth="1" min="7" max="7"/>
+    <col width="8" customWidth="1" min="8" max="8"/>
+    <col width="53" customWidth="1" min="9" max="9"/>
+    <col width="24" customWidth="1" min="10" max="10"/>
     <col width="10" customWidth="1" min="11" max="11"/>
     <col width="22" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Événement</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Plage horaire</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Débute</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Se termine</t>
         </is>
       </c>
@@ -497,46 +502,884 @@
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>Statut</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Étiquettes</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>S'applique aux rôles</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>Est public</t>
         </is>
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
           <t>Échéance d'inscription</t>
         </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>Rencontre amicale agrès de printemps</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>28 février 2026 de 07:30 à 18:00</t>
+        </is>
+      </c>
+      <c r="C2" s="2" t="n">
+        <v>46081.3125</v>
+      </c>
+      <c r="D2" s="2" t="n">
+        <v>46081.75</v>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>10:30:00</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Fahy</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Halle de gymnastique</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Gymnastique aux agrès</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L2" s="3" t="n">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Match contre Delémont</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>6 mars 2026 de 20:30 à 22:00</t>
+        </is>
+      </c>
+      <c r="C3" s="2" t="n">
+        <v>46087.85416666666</v>
+      </c>
+      <c r="D3" s="2" t="n">
+        <v>46087.91666666666</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>1:30:00</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Volleyball</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L3" s="3" t="n">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Représentation gymnique de la Gym-Sport Porrentruy</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>7 mars 2026 de 09:00 à 23:00</t>
+        </is>
+      </c>
+      <c r="C4" s="2" t="n">
+        <v>46088.375</v>
+      </c>
+      <c r="D4" s="2" t="n">
+        <v>46088.95833333334</v>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>14:00:00</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Gymnastique et danse</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L4" s="3" t="n">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Championnat jurassien de gymnastique et de sociétés</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>15 mars 2026 de 07:30 à 17:00</t>
+        </is>
+      </c>
+      <c r="C5" s="2" t="n">
+        <v>46096.3125</v>
+      </c>
+      <c r="D5" s="2" t="n">
+        <v>46096.70833333334</v>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>9:30:00</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Delémont</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>La Blancherie</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Gymnastique enfantine, Volleyball</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L5" s="3" t="n">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Championnat jurassien de gymnastique et de sociétés</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>22 mars 2026 de 10:00 à 18:00</t>
+        </is>
+      </c>
+      <c r="C6" s="2" t="n">
+        <v>46103.41666666666</v>
+      </c>
+      <c r="D6" s="2" t="n">
+        <v>46103.75</v>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>8:00:00</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Delémont</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>La Blancherie</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Gymnastique aux agrès, Volleyball</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L6" s="3" t="n">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Match contre Moutier</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>10 avril 2026 de 21:30 à 23:00</t>
+        </is>
+      </c>
+      <c r="C7" s="2" t="n">
+        <v>46122.89583333334</v>
+      </c>
+      <c r="D7" s="2" t="n">
+        <v>46122.95833333334</v>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>1:30:00</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Volleyball</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L7" s="3" t="n">
+        <v>46098</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Match contre Bienne</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>8 mai 2026 de 21:30 à 23:00</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="n">
+        <v>46150.89583333334</v>
+      </c>
+      <c r="D8" s="2" t="n">
+        <v>46150.95833333334</v>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>1:30:00</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Volleyball</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="n">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Championnat jurassien agrès</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>du 9 mai 2026 à 07:00 au 10 mai 2026 à 17:30</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="n">
+        <v>46151.29166666666</v>
+      </c>
+      <c r="D9" s="2" t="n">
+        <v>46152.72916666666</v>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>1 day, 10:30:00</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Delémont</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>La Blancherie</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Gymnastique aux agrès</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L9" s="3" t="n">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Soirée gymnique de la GS Cornol</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>du 9 mai 2026 à 20:30 au 10 mai 2026 à 00:00</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="n">
+        <v>46151.85416666666</v>
+      </c>
+      <c r="D10" s="2" t="n">
+        <v>46152</v>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>3:30:00</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Cornol</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Halle des fêtes</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Gymnastique aux agrès, Volleyball</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L10" s="3" t="n">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Match contre Courroux</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>12 juin 2026 de 21:30 à 23:00</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="n">
+        <v>46185.89583333334</v>
+      </c>
+      <c r="D11" s="2" t="n">
+        <v>46185.95833333334</v>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>1:30:00</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Volleyball</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L11" s="3" t="n">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Match contre Delémont</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>11 septembre 2026 de 21:30 à 23:00</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="n">
+        <v>46276.89583333334</v>
+      </c>
+      <c r="D12" s="2" t="n">
+        <v>46276.95833333334</v>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>1:30:00</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Volleyball</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L12" s="3" t="n">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Match contre Bassecourt</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>9 octobre 2026 de 21:30 à 23:00</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="n">
+        <v>46304.89583333334</v>
+      </c>
+      <c r="D13" s="2" t="n">
+        <v>46304.95833333334</v>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>1:30:00</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>Volleyball</t>
+        </is>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L13" s="3" t="n">
+        <v>46282</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Production 2019</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>6 novembre 2026 de 20:00 à 22:00</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="n">
+        <v>46332.83333333334</v>
+      </c>
+      <c r="D14" s="2" t="n">
+        <v>46332.91666666666</v>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>2:00:00</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Saignelégier</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>Centre de loisirs</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>Gymnastique aux agrès, Gymnastique parents et enfants</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Match contre Boncourt</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>6 novembre 2026 de 20:30 à 22:00</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="n">
+        <v>46332.85416666666</v>
+      </c>
+      <c r="D15" s="2" t="n">
+        <v>46332.91666666666</v>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>1:30:00</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Porrentruy</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>L'Oiselier</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Volleyball</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L15" s="3" t="n">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Rencontre amicale agrès d'automne</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>5 décembre 2026 de 07:30 à 18:00</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="n">
+        <v>46361.3125</v>
+      </c>
+      <c r="D16" s="2" t="n">
+        <v>46361.75</v>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>10:30:00</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Glovelier</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Halle polyvalente</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>confirmé</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Gymnastique aux agrès</t>
+        </is>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L16" s="3" t="n">
+        <v>46319</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>